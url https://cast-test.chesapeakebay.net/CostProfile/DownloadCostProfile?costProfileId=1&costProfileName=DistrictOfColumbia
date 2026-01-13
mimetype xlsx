--- v0 (2025-11-13)
+++ v1 (2026-01-13)
@@ -29,51 +29,51 @@
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rbojja\source\repos\corecast\CAST\Resource\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BF8BCD2-632F-4A0D-9090-5C59FDC356DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <x:bookViews>
     <x:workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="0" activeTab="0" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Read Me" sheetId="4" r:id="rId1"/>
     <x:sheet name="CostProfileDetails" sheetId="5" r:id="rId5"/>
     <x:sheet name="LandBmpCosts" sheetId="6" r:id="rId6"/>
     <x:sheet name="AnimalBmpCosts" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="0"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Data Source Version</x:t>
   </x:si>
   <x:si>
-    <x:t>11/13/2025</x:t>
+    <x:t>01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t>File Creation Date</x:t>
   </x:si>
   <x:si>
     <x:t>CostFormulaName</x:t>
   </x:si>
   <x:si>
     <x:t>Cost Profile</x:t>
   </x:si>
   <x:si>
     <x:t>This report provides the BMP costs for the cost profile selected. BMP definitions are available https://cast.chesapeakebay.net/Reports/RetrievePublicReport?reportType=1. More information on the source of the cost data used in the CBP Admin costs is available at: http://cast-test.chesapeakebay.net/Documentation/CostProfiles</x:t>
   </x:si>
   <x:si>
     <x:t>LAND BMP COSTS</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>BMP</x:t>
   </x:si>
   <x:si>
     <x:t>These are the BMP costs specific to this cost profile.</x:t>
   </x:si>